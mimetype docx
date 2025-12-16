--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,382 +1,393 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="639AFC58" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRDefault="005F14FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>Sarnerstrasse</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Sarnerstrasse 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCFAEE9" w14:textId="77777777" w:rsidR="00793936" w:rsidRDefault="00793936">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Postfach 546</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7975EC8B" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRDefault="005F14FB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>Postfach 546</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>6064 Kerns</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0090C6" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRDefault="005F14FB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t>6064 Kerns</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">Tel. 041 666 31 </w:t>
+      </w:r>
+      <w:r w:rsidR="0040368A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:lang w:val="de-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tel. 041 666 31 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0040368A">
+        <w:t>42</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBED491" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRPr="00556610" w:rsidRDefault="000E78A7">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
-          <w:lang w:val="de-CH"/>
-[...5 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00556610">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00556610">
+        <w:t>liegenschaften</w:t>
+      </w:r>
+      <w:r w:rsidR="005F14FB" w:rsidRPr="00556610">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>liegenschaften</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005F14FB" w:rsidRPr="00556610">
+        <w:t>@kerns.ow.ch</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEDBA4F" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRPr="00876565" w:rsidRDefault="005F14FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00876565">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>www.kerns.ch</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E113774" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRDefault="005F14FB">
-[...17 lines deleted...]
-    <w:p w14:paraId="45C27568" w14:textId="77777777" w:rsidR="006D621C" w:rsidRDefault="002B236F" w:rsidP="00DD2E4B">
+    <w:p w14:paraId="1E113774" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRPr="00876565" w:rsidRDefault="005F14FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15890CF3" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRPr="00876565" w:rsidRDefault="005F14FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C27568" w14:textId="77777777" w:rsidR="006D621C" w:rsidRPr="00876565" w:rsidRDefault="002B236F" w:rsidP="00DD2E4B">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:ind w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00876565">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
+          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00876565">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
+          <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501EFA49" w14:textId="77777777" w:rsidR="006D621C" w:rsidRDefault="006D621C" w:rsidP="00DD2E4B">
+    <w:p w14:paraId="501EFA49" w14:textId="77777777" w:rsidR="006D621C" w:rsidRPr="00876565" w:rsidRDefault="006D621C" w:rsidP="00DD2E4B">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:ind w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4F74A4C0" w14:textId="666AEA7D" w:rsidR="00DD2E4B" w:rsidRPr="00DD2E4B" w:rsidRDefault="00DD2E4B" w:rsidP="006D621C">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F74A4C0" w14:textId="0F3873F1" w:rsidR="00DD2E4B" w:rsidRPr="00876565" w:rsidRDefault="00DD2E4B" w:rsidP="006D621C">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:ind w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD2E4B">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00876565">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006D621C">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Anmeldeschluss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00876565">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0080008B">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006D621C" w:rsidRPr="00876565">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00861F23">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080008B" w:rsidRPr="00876565">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0080008B">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00861F23" w:rsidRPr="00876565">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="de-DE"/>
-[...11 lines deleted...]
-        <w:sectPr w:rsidR="005F14FB">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>. Sept. 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00876565">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E1389C" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRPr="00876565" w:rsidRDefault="005F14FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005F14FB" w:rsidRPr="00876565">
           <w:headerReference w:type="first" r:id="rId7"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="737" w:right="1418" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
           <w:paperSrc w:first="11" w:other="11"/>
           <w:cols w:num="2" w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="034590DE" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRDefault="005F14FB">
+    <w:p w14:paraId="034590DE" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRPr="00876565" w:rsidRDefault="005F14FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
-          <w:lang w:val="de-CH"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1ED3401C" w14:textId="77777777" w:rsidR="00DD2E4B" w:rsidRPr="008E2DCB" w:rsidRDefault="00DD2E4B">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED3401C" w14:textId="77777777" w:rsidR="00DD2E4B" w:rsidRPr="00876565" w:rsidRDefault="00DD2E4B">
       <w:pPr>
         <w:pStyle w:val="berschrift8"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="5E69A2B3" w14:textId="582D5091" w:rsidR="005F14FB" w:rsidRDefault="005F14FB">
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="294F3324" w14:textId="77777777" w:rsidR="008E2DCB" w:rsidRPr="00876565" w:rsidRDefault="008E2DCB" w:rsidP="008E2DCB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E69A2B3" w14:textId="1D4BCA5C" w:rsidR="005F14FB" w:rsidRDefault="005F14FB">
       <w:pPr>
         <w:pStyle w:val="berschrift8"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesuch für </w:t>
       </w:r>
       <w:r w:rsidR="00E53CDC">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">die </w:t>
       </w:r>
       <w:r w:rsidR="00C703FE">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Teilnahme am Kernser </w:t>
       </w:r>
       <w:r w:rsidR="00861F23">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Markt vom </w:t>
       </w:r>
-      <w:r w:rsidR="00AE3F94">
+      <w:r w:rsidR="00876565">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="004D6869">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. Dezember 202</w:t>
       </w:r>
-      <w:r w:rsidR="00AE3F94">
+      <w:r w:rsidR="00876565">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159396D4" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRPr="008E2DCB" w:rsidRDefault="005F14FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A0E08C6" w14:textId="77777777" w:rsidR="005F14FB" w:rsidRDefault="005F14FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1978,58 +1989,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Kontrollkästchen1"/>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007A3E9C">
-[...6 lines deleted...]
-      <w:r w:rsidR="007A3E9C">
+      <w:r w:rsidR="002D3E1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="1D028B9D" w14:textId="77777777" w:rsidR="00F23E86" w:rsidRDefault="00F23E86" w:rsidP="00F23E86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2086,58 +2097,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Kontrollkästchen2"/>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007A3E9C">
-[...6 lines deleted...]
-      <w:r w:rsidR="007A3E9C">
+      <w:r w:rsidR="002D3E1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="05B2D6D0" w14:textId="77777777" w:rsidR="005242EA" w:rsidRDefault="005242EA" w:rsidP="00F23E86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -2186,58 +2197,58 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Kontrollkästchen3"/>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007A3E9C">
-[...6 lines deleted...]
-      <w:r w:rsidR="007A3E9C">
+      <w:r w:rsidR="002D3E1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="005F14FB" w:rsidRPr="00AE052E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="005F14FB" w:rsidRPr="00AE052E">
@@ -2259,58 +2270,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Kontrollkästchen4"/>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007A3E9C">
-[...6 lines deleted...]
-      <w:r w:rsidR="007A3E9C">
+      <w:r w:rsidR="002D3E1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="005F14FB" w:rsidRPr="00AE052E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="005F14FB" w:rsidRPr="00AE052E">
@@ -2491,58 +2502,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Kontrollkästchen5"/>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007A3E9C">
-[...6 lines deleted...]
-      <w:r w:rsidR="007A3E9C">
+      <w:r w:rsidR="002D3E1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="005F14FB" w:rsidRPr="00AE052E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
@@ -2590,58 +2601,58 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Kontrollkästchen6"/>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007A3E9C">
-[...6 lines deleted...]
-      <w:r w:rsidR="007A3E9C">
+      <w:r w:rsidR="002D3E1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="002D3E1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00AE052E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
@@ -4264,194 +4275,194 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77126F71" w14:textId="77777777" w:rsidR="008C1882" w:rsidRPr="006E58E2" w:rsidRDefault="008C1882" w:rsidP="00E449FE">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008C1882" w:rsidRPr="006E58E2" w:rsidSect="00D95DCF">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="992" w:bottom="567" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F16FDDB" w14:textId="77777777" w:rsidR="00364EA9" w:rsidRDefault="00364EA9">
+    <w:p w14:paraId="4D7AF711" w14:textId="77777777" w:rsidR="004E02AB" w:rsidRDefault="004E02AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="645E5C15" w14:textId="77777777" w:rsidR="00364EA9" w:rsidRDefault="00364EA9">
+    <w:p w14:paraId="1EDE9191" w14:textId="77777777" w:rsidR="004E02AB" w:rsidRDefault="004E02AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EBE0720" w14:textId="77777777" w:rsidR="00364EA9" w:rsidRDefault="00364EA9">
+    <w:p w14:paraId="02780CC0" w14:textId="77777777" w:rsidR="004E02AB" w:rsidRDefault="004E02AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B0D0162" w14:textId="77777777" w:rsidR="00364EA9" w:rsidRDefault="00364EA9">
+    <w:p w14:paraId="276AAD09" w14:textId="77777777" w:rsidR="004E02AB" w:rsidRDefault="004E02AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C1432D4" w14:textId="77777777" w:rsidR="000909BF" w:rsidRPr="000909BF" w:rsidRDefault="000909BF" w:rsidP="000909BF">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000909BF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:spacing w:val="50"/>
       </w:rPr>
       <w:t>Ordnung &amp; Sicherheit</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7DEEB465" w14:textId="77777777" w:rsidR="000909BF" w:rsidRPr="000909BF" w:rsidRDefault="000909BF" w:rsidP="000909BF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3178"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000909BF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:spacing w:val="50"/>
       </w:rPr>
       <w:t>Marktwesen</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="710B94CE" w14:textId="3A593A09" w:rsidR="000909BF" w:rsidRDefault="000909BF">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A1A0A2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC46FD90"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4528,54 +4539,54 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="73087854">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="G30jIk92AaOrrGCHrB8L6Q2F1LhvFqMDHEeaw3u0HzoUVB37F0OGaG1grrMN4ih1vK5jg1QwgiCqnpX8XwVhMA==" w:salt="5xYXJw2yqyEkILRvlhRZZw=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="JpauEdJuGLXc1wkAvDB3pw5Lk1N2T0lNloKVFWx+cSLJVX9wj2tWjJoTpJVN3u87AZ5AYheYtYAoKHZyq3kJaQ==" w:salt="rSF5zwtYfR8yOM7XAI5Fog=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4618,76 +4629,78 @@
     <w:rsid w:val="001E3034"/>
     <w:rsid w:val="001E3D47"/>
     <w:rsid w:val="002109D9"/>
     <w:rsid w:val="0022699B"/>
     <w:rsid w:val="00236BD6"/>
     <w:rsid w:val="002435AA"/>
     <w:rsid w:val="002446FC"/>
     <w:rsid w:val="00257CA4"/>
     <w:rsid w:val="00267DBA"/>
     <w:rsid w:val="00292DA3"/>
     <w:rsid w:val="00296AB9"/>
     <w:rsid w:val="0029786D"/>
     <w:rsid w:val="002A2BD1"/>
     <w:rsid w:val="002A7DFF"/>
     <w:rsid w:val="002B236F"/>
     <w:rsid w:val="002B640A"/>
     <w:rsid w:val="002D15FE"/>
     <w:rsid w:val="002D3E1B"/>
     <w:rsid w:val="002D52AB"/>
     <w:rsid w:val="002D6C7C"/>
     <w:rsid w:val="002D7822"/>
     <w:rsid w:val="002F173D"/>
     <w:rsid w:val="00304872"/>
     <w:rsid w:val="00304938"/>
     <w:rsid w:val="003066EC"/>
+    <w:rsid w:val="00313BE9"/>
     <w:rsid w:val="00314AB5"/>
     <w:rsid w:val="003312BB"/>
     <w:rsid w:val="00340236"/>
     <w:rsid w:val="00341F3C"/>
     <w:rsid w:val="0034646B"/>
     <w:rsid w:val="0035545F"/>
     <w:rsid w:val="00364EA9"/>
     <w:rsid w:val="00395E12"/>
     <w:rsid w:val="003A5698"/>
     <w:rsid w:val="003B1449"/>
     <w:rsid w:val="003C4000"/>
     <w:rsid w:val="003E4CE7"/>
     <w:rsid w:val="00400BB2"/>
     <w:rsid w:val="0040368A"/>
     <w:rsid w:val="004179AB"/>
     <w:rsid w:val="004223A5"/>
     <w:rsid w:val="004356B3"/>
     <w:rsid w:val="004430CE"/>
     <w:rsid w:val="0044619D"/>
     <w:rsid w:val="00467510"/>
     <w:rsid w:val="0047200E"/>
     <w:rsid w:val="004744BD"/>
     <w:rsid w:val="004835B7"/>
     <w:rsid w:val="00492ED9"/>
     <w:rsid w:val="004B265F"/>
     <w:rsid w:val="004D6869"/>
+    <w:rsid w:val="004E02AB"/>
     <w:rsid w:val="0050128D"/>
     <w:rsid w:val="00502336"/>
     <w:rsid w:val="00502B6A"/>
     <w:rsid w:val="00521EBC"/>
     <w:rsid w:val="005242EA"/>
     <w:rsid w:val="00533486"/>
     <w:rsid w:val="00551815"/>
     <w:rsid w:val="00556610"/>
     <w:rsid w:val="005623AF"/>
     <w:rsid w:val="00573A8D"/>
     <w:rsid w:val="00575C99"/>
     <w:rsid w:val="005766BA"/>
     <w:rsid w:val="0059024A"/>
     <w:rsid w:val="005A276C"/>
     <w:rsid w:val="005A743E"/>
     <w:rsid w:val="005A74B1"/>
     <w:rsid w:val="005B0B88"/>
     <w:rsid w:val="005F14FB"/>
     <w:rsid w:val="005F63F3"/>
     <w:rsid w:val="00600F60"/>
     <w:rsid w:val="006027C1"/>
     <w:rsid w:val="00626CDF"/>
     <w:rsid w:val="006310D2"/>
     <w:rsid w:val="00632BD4"/>
     <w:rsid w:val="006569A6"/>
@@ -4714,106 +4727,110 @@
     <w:rsid w:val="0079264E"/>
     <w:rsid w:val="00793936"/>
     <w:rsid w:val="007A3731"/>
     <w:rsid w:val="007A3E9C"/>
     <w:rsid w:val="007A4A8D"/>
     <w:rsid w:val="007C2CBC"/>
     <w:rsid w:val="007C7F4C"/>
     <w:rsid w:val="007D5D4F"/>
     <w:rsid w:val="007E3B3F"/>
     <w:rsid w:val="007F2CF8"/>
     <w:rsid w:val="007F3A5D"/>
     <w:rsid w:val="0080008B"/>
     <w:rsid w:val="00806B9A"/>
     <w:rsid w:val="00807981"/>
     <w:rsid w:val="00824944"/>
     <w:rsid w:val="00825FA2"/>
     <w:rsid w:val="00831314"/>
     <w:rsid w:val="00834690"/>
     <w:rsid w:val="008373AC"/>
     <w:rsid w:val="008413A8"/>
     <w:rsid w:val="0084652A"/>
     <w:rsid w:val="00856D5A"/>
     <w:rsid w:val="00861697"/>
     <w:rsid w:val="00861F23"/>
     <w:rsid w:val="008728A0"/>
+    <w:rsid w:val="00876565"/>
     <w:rsid w:val="00881AB6"/>
     <w:rsid w:val="008848E9"/>
     <w:rsid w:val="0089136A"/>
     <w:rsid w:val="008A49AD"/>
     <w:rsid w:val="008A501F"/>
     <w:rsid w:val="008A7A35"/>
     <w:rsid w:val="008C1882"/>
     <w:rsid w:val="008C73FB"/>
     <w:rsid w:val="008E2DCB"/>
     <w:rsid w:val="008F19FA"/>
     <w:rsid w:val="008F389E"/>
     <w:rsid w:val="008F68E5"/>
     <w:rsid w:val="009019ED"/>
     <w:rsid w:val="00913427"/>
     <w:rsid w:val="00925FFA"/>
     <w:rsid w:val="0093075E"/>
     <w:rsid w:val="0093259E"/>
     <w:rsid w:val="0093459F"/>
     <w:rsid w:val="00937018"/>
     <w:rsid w:val="00943D39"/>
     <w:rsid w:val="009453BE"/>
     <w:rsid w:val="00961742"/>
     <w:rsid w:val="0097091D"/>
     <w:rsid w:val="00972DCA"/>
     <w:rsid w:val="00974334"/>
     <w:rsid w:val="00985977"/>
     <w:rsid w:val="00992BF3"/>
+    <w:rsid w:val="00997A82"/>
     <w:rsid w:val="00997DF0"/>
     <w:rsid w:val="009A31DB"/>
     <w:rsid w:val="009A4480"/>
     <w:rsid w:val="009B272A"/>
     <w:rsid w:val="009B27D4"/>
     <w:rsid w:val="009D0EB8"/>
     <w:rsid w:val="009D5B32"/>
     <w:rsid w:val="009E004C"/>
     <w:rsid w:val="009F1076"/>
     <w:rsid w:val="009F27E1"/>
     <w:rsid w:val="00A122FE"/>
     <w:rsid w:val="00A1493F"/>
     <w:rsid w:val="00A328C2"/>
     <w:rsid w:val="00A43F04"/>
+    <w:rsid w:val="00A46CBA"/>
     <w:rsid w:val="00A477A4"/>
     <w:rsid w:val="00A50633"/>
     <w:rsid w:val="00A520C1"/>
     <w:rsid w:val="00A575A8"/>
     <w:rsid w:val="00A6120C"/>
     <w:rsid w:val="00A6423C"/>
     <w:rsid w:val="00A671C9"/>
     <w:rsid w:val="00A724C0"/>
     <w:rsid w:val="00A85FC4"/>
     <w:rsid w:val="00AB7180"/>
     <w:rsid w:val="00AC6296"/>
     <w:rsid w:val="00AD0974"/>
     <w:rsid w:val="00AD183C"/>
     <w:rsid w:val="00AD39C6"/>
     <w:rsid w:val="00AE052E"/>
+    <w:rsid w:val="00AE2E13"/>
     <w:rsid w:val="00AE3F94"/>
     <w:rsid w:val="00AE44A7"/>
     <w:rsid w:val="00AE6E83"/>
     <w:rsid w:val="00B1097F"/>
     <w:rsid w:val="00B27C48"/>
     <w:rsid w:val="00B44D2E"/>
     <w:rsid w:val="00B53E83"/>
     <w:rsid w:val="00B64916"/>
     <w:rsid w:val="00B70166"/>
     <w:rsid w:val="00B71F2E"/>
     <w:rsid w:val="00B735FA"/>
     <w:rsid w:val="00B73703"/>
     <w:rsid w:val="00B835BA"/>
     <w:rsid w:val="00B9736B"/>
     <w:rsid w:val="00BA2361"/>
     <w:rsid w:val="00BA49B9"/>
     <w:rsid w:val="00BB30C0"/>
     <w:rsid w:val="00BB567F"/>
     <w:rsid w:val="00BD075E"/>
     <w:rsid w:val="00BF05EE"/>
     <w:rsid w:val="00C06AF9"/>
     <w:rsid w:val="00C112E0"/>
     <w:rsid w:val="00C149F7"/>
     <w:rsid w:val="00C170D5"/>
     <w:rsid w:val="00C3009A"/>
@@ -4892,51 +4909,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="412794F6"/>
   <w15:docId w15:val="{A56ED185-4DCC-4A8A-81B6-5F98B093596D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5691,51 +5708,51 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatvorlage1">
     <w:name w:val="Formatvorlage1"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="006A2A8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liegenschaften@kerns.ow.ch" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>